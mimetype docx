--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -4,190 +4,218 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="05F1BB53" w14:textId="026AF0E8" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Договор </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:t>№ ЦАСТ</w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
-      <w:permStart w:id="1104366057" w:edGrp="everyone"/>
+      <w:permStart w:id="1300628074" w:edGrp="everyone"/>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B375A7">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>/______</w:t>
       </w:r>
-      <w:permEnd w:id="1104366057"/>
+      <w:permEnd w:id="1300628074"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="25AC09A3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
       </w:pPr>
       <w:r>
         <w:t>оказания услуг с применением механизмов, спецтехники и автотранспорта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
-[...8 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="53FA8BAE" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DCD6767" w14:textId="6FE812C5" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00C55855" w:rsidRPr="004372B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">г. Санкт-Петербург                                                        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:permStart w:id="50661492" w:edGrp="everyone"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">           </w:t>
+      <w:permStart w:id="882990754" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>«__» ______ 20</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>__» ______ 20</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>25</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B375A7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> года</w:t>
       </w:r>
-      <w:permEnd w:id="50661492"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+      <w:permEnd w:id="882990754"/>
+    </w:p>
+    <w:p w14:paraId="5C04C869" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="004C1C9C">
+    <w:p w14:paraId="3E8956DC" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="004C1C9C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -259,718 +287,752 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, действующего на основании </w:t>
       </w:r>
       <w:r w:rsidR="00BC7273">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Устава, с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   одной стороны, и   </w:t>
       </w:r>
-      <w:permStart w:id="668665046" w:edGrp="everyone"/>
+      <w:permStart w:id="1542403294" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
-      <w:permEnd w:id="668665046"/>
+      <w:permEnd w:id="1542403294"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00381FC5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">именуемое    в    дальнейшем </w:t>
       </w:r>
       <w:r w:rsidR="00BC7273">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Заказчик, в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> лице </w:t>
       </w:r>
-      <w:permStart w:id="2068660801" w:edGrp="everyone"/>
+      <w:permStart w:id="213724723" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>___________________________________________</w:t>
       </w:r>
-      <w:permEnd w:id="2068660801"/>
+      <w:permEnd w:id="213724723"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, действующего на основании </w:t>
       </w:r>
-      <w:permStart w:id="1587284010" w:edGrp="everyone"/>
+      <w:permStart w:id="1424380438" w:edGrp="everyone"/>
       <w:r w:rsidR="00197336">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
-      <w:permEnd w:id="1587284010"/>
+      <w:permEnd w:id="1424380438"/>
       <w:r w:rsidR="00BC7273">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> с другой стороны, заключили настоящий договор о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F71D3" w:rsidRDefault="006F71D3" w:rsidP="004C1C9C">
+    <w:p w14:paraId="35D61349" w14:textId="77777777" w:rsidR="006F71D3" w:rsidRDefault="006F71D3" w:rsidP="004C1C9C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRPr="009B4598" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+    <w:p w14:paraId="70AE976E" w14:textId="77777777" w:rsidR="00197336" w:rsidRPr="009B4598" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00197336">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Предмет Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="74F454D6" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. Исполнитель обязуется оказывать Заказчику за плату услуги, связанные с применением механизмов, автотранспорта и спецтехники (далее Техники), а также услуги по их управлению и эксплуатации.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+    <w:p w14:paraId="5C679BF0" w14:textId="77777777" w:rsidR="00197336" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="539"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Заказ Техники</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="001603D8">
+    <w:p w14:paraId="0DD62C51" w14:textId="77777777" w:rsidR="0092160C" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="001603D8">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001603D8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.1. Обязанности Заказчика:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="001603D8">
+    <w:p w14:paraId="6C6EE901" w14:textId="77777777" w:rsidR="0092160C" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="001603D8">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001603D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.1.1. Осуществляет заказ Техники путем направления Исполнителю заполненного бланка заказа или устной заявки в случае соответствующей договоренности сторон. Заказы, переданные по факсу или электронной почте, имеют равную юридическую силу с оригиналами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="001603D8">
+    <w:p w14:paraId="75EDB370" w14:textId="77777777" w:rsidR="0092160C" w:rsidRPr="001603D8" w:rsidRDefault="008F6F3F" w:rsidP="001603D8">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001603D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.1.2. Заказчик вправе внести измене</w:t>
       </w:r>
       <w:r w:rsidR="00CD77A3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ния в ранее поданный заказ до 14</w:t>
       </w:r>
       <w:r w:rsidRPr="001603D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.00 дня, предшествующего дню выполнения заказа.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="3B09B511" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.2. Обязанности Исполнителя:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="7E741DDF" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2.1. Принимать и рассматривать заказы Заказчика. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="47AAE5E7" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2.2.2. В случае если Исполнитель готов выполнить заказ уведомить об этом Заказчика. Стоимость услуг определяется в соответствии с договорной ценой и объемом заказанных услуг. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B4598" w:rsidRPr="0018732B" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
+    <w:p w14:paraId="0242AC5C" w14:textId="77777777" w:rsidR="009B4598" w:rsidRPr="0018732B" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.2.3.  В случае невозможности выполнения заказа или несогласия с указанными в нем условиями Исполнитель должен незамедлительно сообщить об этом Заказчику.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+    <w:p w14:paraId="52DAE5F1" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="539"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="32B421F3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1. Исполнитель обязуется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="43873820" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.1. Исполнитель обязуется зарезервировать Технику для выполнения заказа в случае 100% </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>предоплаты выставленного</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> счета и обеспечить подачу Техники по всем пунктам в часы, указанные в заказе. Выполнить услугу самостоятельно или привлечь к исполнению третьих лиц. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="3580FD17" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1.2. Обеспечить соблюдение его работниками правил производства работ, дорожного движения, противопожарной безопасности, требования санитарно-гигиенических и природоохранных норм, а также иных обязательных требований, предусмотренных действующим законодательством РФ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="307A308D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1.3. Обеспечить Технику ГСМ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="5AA558DA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1.4. Своевременно оформлять необходимую документацию для эксплуатации Техники в рамках оказания услуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="144E95EA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1.5.  Осуществлять контроль над техническим состоянием Техники и производить ее ремонт.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="25D9E902" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2. Заказчик обязуется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="33CCB1A4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2.1. Своевременно вносить плату по настоящему Договору.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="4EC7B818" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.2. Своевременно оформлять необходимую документацию для работы строительной </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>и грузоподъемной</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Техники.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="5EEE508D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2.3. Обеспечить подготовленные подъезды к месту проведения работ, в том числе они должны быть свободны от строительного мусора и прочих предметов, препятствующих движению Техники Исполнителя или могущих повредить ее. Обеспечить на объектах все условия в соответствии с параметрами работы Техники Исполнителя.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="77951746" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3.2.4. Обеспечить на объектах выполнение правил производства работ, погрузки и разгрузки, пожарной безопасности, техники безопасности, охраны окружающей среды, а также иные обязательные требования, предусмотренные действующим законодательством.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="2DAAC168" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.5.  При необходимости обеспечить наличие согласованных с ГИБДД схем движения и расположения Техники </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>в пределах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> объектов, на которые подается техника.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="0ACA78B1" w14:textId="35250042" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.6. Организовать производство работ с применением Техники Исполнителя </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>в соответствии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> со </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>СНиП, нормативными документами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> по охране труда и т. д., действующими на территории РФ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="5580A7BA" w14:textId="77777777" w:rsidR="00B375A7" w:rsidRPr="00B375A7" w:rsidRDefault="00B375A7" w:rsidP="00B375A7">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B375A7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.6.1. За свой счёт до начала выполнения работ оборудовать на территории строительной площадки пункт мойки колёс автотранспортных средств, выезжающих со строительной площадки, в соответствии с требованиями действующего законодательства, нормативных правовых актов и обязательных для применения технических регламентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6787C502" w14:textId="43AF6FB9" w:rsidR="00B375A7" w:rsidRDefault="00B375A7" w:rsidP="00B375A7">
+      <w:pPr>
+        <w:ind w:left="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B375A7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В случае привлечения Исполнителя к Административной ответственности за выезд Техники с объекта Заказчика с грязными шинами, Заказчик обязан компенсировать Исполнителю понесенные убытки (в том числе убытки в размере административного штрафа) и выплатить штраф в размере 10 000 рублей за каждый выявленный случай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1484E3D6" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+      <w:pPr>
+        <w:ind w:left="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.7. При заказе грузоподъемной Техники назначить ответственного за безопасное производство </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, обеспечить</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> наличие аттестованных стропальщиков при грузоподъемных работах. При работе вблизи ЛЭП, а также в зонах действия опасных производственных факторов, выдать водителю/машинисту </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1005,617 +1067,575 @@
         </w:rPr>
         <w:t>план сетей</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Водитель/</w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>машинист приступает</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> к работе после получения оригинала наряда-допуска и записи в путевой лист номеров и сроков действия предъявленных удостоверений стропальщиков и ответственных за производство грузоподъемных работ лиц.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="492551CC" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.8. Заполнять путевые листы, рапорта и иные первичные документы Исполнителя в соответствии с требованиями Постановления о “Первичных учетных документах”. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="37BFDCC5" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.9. Обеспечить охрану Техники при нахождении ее на месте проведения работ. В случае </w:t>
       </w:r>
       <w:r w:rsidR="0003606D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>разукомплектования, повреждения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> или угона Техники сторонами составляется и подписывается Акт, в котором фиксируется происшедшее, и Заказчик обязан возместить Исполнителю ущерб в соответствии с представленной Исполнителем калькуляцией в течение 5 банковских дней после выставления счета. Немотивированный отказ от подписания Акта, а равно уклонение от подписани</w:t>
       </w:r>
       <w:r w:rsidR="00A75728">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>я Акта не освобождает Заказчика</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> от обязательства возместить причиненный ущерб.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="56854D5A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2.10. Предоставить оттиск штампов Заказчика, действительных на объектах работы и образцы подписей ответственных лиц, а также делать отметку в сменном рапорте о выполнении водителем (машинистом) задания. В случае непредставления Заказчиком оттисков штампов и образцов подписей ответственных лиц считать, что документы и сменные рапорта, подписанные ответственным лицом Заказчика и/или скрепленные штампом или печатью, являются надлежаще оформленными.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="52F56317" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.11. Передавать Технику в аренду третьим лицам только с письменного согласия Исполнителя. В противном случае вся ответственность за сохранность </w:t>
       </w:r>
       <w:r w:rsidR="007B241F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>техники, сохранность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> имущества Исполнителя, Заказчика и третьих лиц возлагается на Заказчика.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B4598" w:rsidRPr="00725F68" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
+    <w:p w14:paraId="2AE74AB0" w14:textId="77777777" w:rsidR="009B4598" w:rsidRPr="00725F68" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.12.  В случае оказания услуг Техникой </w:t>
       </w:r>
       <w:r w:rsidR="007B241F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>более, чем</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> в течение одного календарного дня и оставления Техники на месте проведения работ в нерабочее время, для обеспечения сохранности она передается Заказчику один раз – в первый день оказания услуги. Техника предается по акту приема-передачи, форма которого прилагается к настоящему Договору (Приложение №2). Для обеспечения сохранности Техники она должна находиться либо на территории огороженных стоянок, парковок, площадок, либо на не огороженной территории строительного объекта, но исключительно при строительстве и/или реконструкции дорог и внешних инженерных сетей при условии сдачи техники по акту приема-передачи на хранение</w:t>
       </w:r>
       <w:r w:rsidRPr="007B241F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+    <w:p w14:paraId="062919E8" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="539"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.  Стоимость и порядок расчетов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="71D39632" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1. Стоимость услуг, оказанных Исполнителем, определяется из расчета договорной </w:t>
       </w:r>
       <w:r w:rsidR="007B241F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>цены за</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> единицу измерения и объема оказанных услуг </w:t>
       </w:r>
       <w:r w:rsidR="007B241F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Приложение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> №1).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="5D35EFDA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4.2. Оплата производится на основании выставленных счетов. Услуги оказываются после поступления денежных средств на расчетный счет Исполнителя. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00681F8B" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="793F696A" w14:textId="77777777" w:rsidR="00681F8B" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3. В случае возникновения задолженности перед Исполнителем после выполнения работ, Заказчик оплачивает образовавшуюся задолженность в течении 5 банковских дней. При нарушении сроков оплаты более чем на 10 дней </w:t>
       </w:r>
       <w:r w:rsidR="00681F8B" w:rsidRPr="00681F8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Исполнитель имеет право взыскать с Заказчика неустойку в размере 0,1% от суммы задолженности за каждый день просрочки.  Начиная с 61 дня просрочки, Исполнитель имеет право взыскать неустойку в размере 0,5% от суммы задолженности за каждый день просрочки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="58216ED8" w14:textId="77777777" w:rsidR="000A6CF7" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...52 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+        <w:t xml:space="preserve">4.4. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6CF7" w:rsidRPr="000A6CF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Объем и стоимость выполненных услуг определяется согласно предоставленным Исполнителем УПД, рапорту. Заказчик обязуется возвратить Исполнителю в течение 20 (Двадцать) дней со дня составления УПД по адресу, указанному в п. 10 или по адресу, согласованному сторонами. Стороны согласились, что, если Заказчиком не подписан УПД и не представлены в письменной форме возражения в течение 5 дней, услуги считаются выполненными в полном объеме с надлежащим качеством. Отказ Заказчика от подписания УПД не может служить основанием для отказа от оплаты фактического объема оказанных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181647BA" w14:textId="50AB567A" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.5. Время, оплачиваемое Заказчиком, включает:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="29CA6A90" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>- час подачи или более (для Техники, не требующей доставки) в зависимости от места нахождения объекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="5566CE6F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>- время работы Техники у Заказчика, в которое входит время погрузки/разгрузки груза, транспортировка груза в точку назначения, время работы Техники на объектах у Заказчика (включая время простоя Техники не по вине Исполнителя). В случае, когда время работы Техники у Заказчика не превышает минимального времени заказа</w:t>
       </w:r>
       <w:r w:rsidR="00835E91">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (8 часов/смена)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, время работы Техники у Заказчика принимается равным времени минимального заказа.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="640A5409" w14:textId="1CF28856" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4.6. Стоимость услуг по настоящему договору подлежит обложением налогом на добавленную стоимость по ставке, действующей на момент оказания услуг. Ставка налога на добавленную стоимость на момент заключения настоящего договора составляет 20%.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+        <w:t xml:space="preserve">4.6. Стоимость услуг по настоящему договору подлежит обложением налогом на добавленную стоимость по ставке, действующей на момент оказания услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B46C3B1" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4.7. Оплата производится путем перечисления средств на расчетный счет Исполнителя, указанный в настоящем Договоре. Датой оплаты считается дата зачисления денежных средств на расчетный счет Исполнителя. По согласованию Сторон возможны иные формы расчетов, не противоречащие действующему законодательству РФ. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B4598" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
+    <w:p w14:paraId="64CE691D" w14:textId="77777777" w:rsidR="009B4598" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4.8. Не реже, чем один раз в </w:t>
       </w:r>
       <w:r w:rsidR="007B241F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>квартал, Исполнитель</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> направляет Заказчику Акт сверки расчетов. Заказчик обязуется вернуть подписанный Акт в течение 5 (пяти) рабочих дней после его получения либо предоставить в указанный срок письменный мотивированный отказ от его подписания. В случае, если Исполнитель в выше указанный срок не получает подписанный Заказчиком Акт сверки расчетов либо письменный мотивированный отказ от его подписания, сверка расчетов по настоящему договору считается принятой и подтвержденной Заказчиком, а Акт сверки расчетов, в одностороннем порядке подписанный Исполнителем, имеет полную юридическую силу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+    <w:p w14:paraId="5DA37BA3" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="539"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5. Ответственность сторон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="63CB10F4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.1. Исполнитель и Заказчик в случае неисполнения или ненадлежащего исполнения обязательств, вытекающих из настоящего договора, несут взаимную материальную ответственность.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="00563A56" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.2. Исполнитель за отказ от выполнения оплаченного заказа обязуется вернуть Заказчику сумму предоплаты в течение пяти банковских дней по письменному требованию последнего.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="0708929E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5.3. В случае </w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>отказа Заказчика</w:t>
       </w:r>
       <w:r w:rsidR="00CD77A3">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1623,460 +1643,452 @@
         </w:rPr>
         <w:t xml:space="preserve"> от поданного заказа после 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.00 дня, предшествующего дню выполнения заказа</w:t>
       </w:r>
       <w:r w:rsidR="00C0201A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Заказчик оплачивает стоимость</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> минимального заказа, указанного в Приложении 1, в течение пяти банковских дней с момента получения письменного требования Исполнителя.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="6EED72AA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5.4. Если в результате изменения Заказчиком условий, оговоренных </w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>в заказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (смена маршрута, замена груза и др.), Исполнитель понёс дополнительные затраты, Заказчик обязуется возместить их в размере 100% от стоимости понесенных затрат, при условии их документального подтверждения, в течение пяти дней со дня представленного </w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Исполнителем расчета</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="2654E5FA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5.5. В случае повреждения Техники при выполнении заказа на место происшествия должен быть незамедлительно, в тот же день, вызван представитель администрации Исполнителя для </w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>составления соответствующего</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> акта, с подписями уполномоченных лиц каждой из сторон. В случае виновности Заказчика, последний обязуется возместить Исполнителю стоимость ремонта в течение пяти банковских дней в соответствии с предоставленной калькуляцией и выставленным счетом.  </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009B4598" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
+        <w:t xml:space="preserve"> акта, с подписями уполномоченных лиц каждой из сторон. В случае виновности Заказчика, последний обязуется возместить Исполнителю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">стоимость ремонта в течение пяти банковских дней в соответствии с предоставленной калькуляцией и выставленным счетом.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220766B0" w14:textId="77777777" w:rsidR="009B4598" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5.6. В случаях повреждения имущества Исполнителя, Заказчика или третьих лиц, в процессе производства работ, на место происшествия должен быть незамедлительно, в тот же день, вызван представитель администрации Исполнителя для </w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>составления соответствующего</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> акта, с подписями уполномоченных лиц каждой из сторон. Если уполномоченные лица </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+        <w:t xml:space="preserve"> акта, с подписями уполномоченных лиц каждой из сторон. Если уполномоченные лица Исполнителя не были своевременно извещены Заказчиком, ответственность и возмещение ущерба возлагается на Заказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FB30A0" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="539"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6. Форс-мажорные обстоятельства (освобождение от ответственности)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="0F8536EE" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.1. Стороны не несут ответственность в том случае, если надлежащее исполнение обязательств по настоящему Договору оказалось невозможным вследствие обстоятельств непреодолимой силы (форс-мажор).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="049902E9" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.2. К обстоятельствам непреодолимой силы стороны настоящего Договора отнесли следующие явления: дорожно-транспортное происшествие, пожар, наводнение, ураган, снежные заносы, иные природные катаклизмы, мораторий органов власти и управления, забастовки, другие обстоятельства, которые могут быть определены как непреодолимая сила, препятствующая надлежащему исполнению обязательств.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="7D114BD4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.3. Сторона, для которой создалась невозможность исполнения обязательств по настоящему Договору в результате наступления обстоятельств непреодолимой силы, должна незамедлительно известить другую сторону об этом в устной форме с последующим письменным подтверждением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B4598" w:rsidRPr="0018732B" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
+    <w:p w14:paraId="1B970425" w14:textId="77777777" w:rsidR="009B4598" w:rsidRPr="0018732B" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6.4. Не извещение или несвоевременное извещение о наступлении обстоятельств непреодолимой силы влечет за собой утрату права ссылаться на эти обстоятельства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+    <w:p w14:paraId="0B86CA4C" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="3544" w:hanging="2977"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7. Срок действия Договора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="4D0B8AB1" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7.1. Договор вступает в силу с момента его подписания обеими сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="4ED49446" w14:textId="62C6AE6F" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7.2. Настоящий Договор заключен сроком до 31 </w:t>
       </w:r>
       <w:r w:rsidR="00D47B6B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>декабря 20</w:t>
       </w:r>
-      <w:permStart w:id="742227243" w:edGrp="everyone"/>
-[...16 lines deleted...]
-      <w:permEnd w:id="742227243"/>
+      <w:permStart w:id="1701346077" w:edGrp="everyone"/>
+      <w:r w:rsidR="00B76C0A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:permEnd w:id="1701346077"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> года и при отсутствии заявлений Сторон о его прекращении, срок действия договора автоматически продлевается на следующий год. Количество пролонгаций не ограничено.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009B4598" w:rsidRPr="00725F68" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
+    <w:p w14:paraId="4C491174" w14:textId="77777777" w:rsidR="009B4598" w:rsidRPr="00725F68" w:rsidRDefault="008F6F3F" w:rsidP="00725F68">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7.3. Договор может быть расторгнут по соглашению сторон при отсутствии взаимных финансовых претензий. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+    <w:p w14:paraId="2A2F68AE" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="539"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8. Прочие условия</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD66B2" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="77CFB75F" w14:textId="77777777" w:rsidR="00FD66B2" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1. Все</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> споры, которые могут возникнуть из настоящего Договора или в связи с ним, стороны стремятся разрешить путем переговоров. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD66B2" w:rsidRDefault="00FD66B2" w:rsidP="00FD66B2">
+    <w:p w14:paraId="76BAA162" w14:textId="77777777" w:rsidR="00FD66B2" w:rsidRDefault="00FD66B2" w:rsidP="00FD66B2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2125,654 +2137,619 @@
       <w:r w:rsidRPr="00021585">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">для </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">рассмотрения претензии - 15 (пятнадцать) календарных дней с даты отправки на юридический адрес. </w:t>
       </w:r>
       <w:r w:rsidRPr="00021585">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>При не достижении согласия, спор подлежит рассмотрению в Арбитражном суде Санкт-Петербурга и Ленинградской области.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="70CE1FC4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2. Любые</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменения или дополнения к настоящему Договору оформляются в письменном виде и подписываются уполномоченными представителями сторон.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="2EA58316" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3. Настоящий</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договор составлен в двух экземплярах, имеющих равную юридическую силу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="1EA2B797" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00100C48">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4. Во</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> всем остальном, что не предусмотрено настоящим Договором, стороны руководствуются действующим законодательством РФ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="6369D21A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="008B0D69">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5. Все</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> прочие договоренности, положения, устоявшиеся процедуры, внутренние инструкции и т.п. противоречащие договору теряют силу с момента подписания настоящего договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00725F68" w:rsidRDefault="00725F68">
+    <w:p w14:paraId="6DAE1CC3" w14:textId="77777777" w:rsidR="00725F68" w:rsidRDefault="00725F68">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725F68">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.6. При заключении настоящего договора Стороны свидетельствуют о разумности и соразмерности определенной неустойки за неисполнение (ненадлежащее исполнение) принятых на себя обязательств. Предусмотренная настоящим договором неустойка является соразмерной возможному нарушению обязательств. В этой связи Стороны свидетельствуют о том, что любая из Сторон при нарушении договорных обязательств, подразумевающих взыскание неустойки, обязуется уплатить неустойку в размере, определенном настоящим договором. Стороны утверждают, что оснований для применения статьи 333 ГК РФ не имеется.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRPr="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="4B926591" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRPr="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E060DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">8.7. Каждая из Сторон обязуется при обработке персональных данных (ПД) представителей другой Стороны, полученных в связи с исполнением  настоящего Договора, соблюдать требования к обработке ПД, установленные Федеральным законом № 152-ФЗ от 27.07.2006 «О персональных данных» (далее – Закон), в том числе принципы и правила обработки ПД, предусмотренные Законом, конфиденциальность ПД, принимать меры защиты ПД, в объемах установленных Законом, а также по запросу другой Стороны в пятидневный срок предоставлять документы и иную информацию, подтверждающие принятие мер защиты </w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>8.7. Каждая из Сторон обязуется при обработке персональных данных (ПД) представителей другой Стороны, полученных в связи с исполнением  настоящего Договора, соблюдать требования к обработке ПД, установленные Федеральным законом № 152-ФЗ от 27.07.2006 «О персональных данных» (далее – Закон), в том числе принципы и правила обработки ПД, предусмотренные Законом, конфиденциальность ПД, принимать меры защиты ПД, в объемах установленных Законом, а также по запросу другой Стороны в пятидневный срок предоставлять документы и иную информацию, подтверждающие принятие мер защиты соблюдение требований Закона и уведомлять другую Сторону о  случаях, предусмотренных ч. 3.1 ст. 21 Закона.  Каждая Сторона обязуется уведомлять своих представителей об осуществлении обработки другой Стороной их персональных данных, полученных в связи с исполнением настоящего Договора (ч. 4 ст. 18 Закона).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4F47EA" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+      <w:pPr>
+        <w:ind w:left="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E060DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+        <w:t>8.8. Заказчик дает безусловное согласие на обработку и хранение предоставленных в связи с исполнением Договора персональных данных. При предоставлении Заказчиком персональных данных иных лиц, Заказчик гарантирует, что согласие вышеуказанных лиц на предоставление их персональных данных Заказчиком Исполнителю получено и он (Заказчик) несет ответственность в случае предъявления каких-либо претензий Исполнителю вследствие несоблюдения данного условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E86A67C" w14:textId="77777777" w:rsidR="00280357" w:rsidRDefault="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E060DB">
-[...45 lines deleted...]
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    </w:p>
+    <w:p w14:paraId="6EADD203" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9. Применение Электронного документооборота (ЭДО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="1D5EBDAB" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9.1. В целях оптимизации документооборота между Сторонами, а также повышения уровня сохранения и защиты передаваемых документов и информации, содержащейся в них, Стороны могут осуществлять обмен следующими документами в электронном виде:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="569F1745" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>договоры, соглашения, дополнительные соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="304C9D37" w14:textId="0F659621" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>счета, счета-фактуры, корректировочные счета-фактуры, акты оказанных услуг (выполненных работ);</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+        <w:t>счета, счета-фактуры, корректировочные счета-фактуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06381715" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>товарные накладные, товарно-транспортные накладные;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="30DA3AC6" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>универсальные передаточные документы, универсальные корректировочные документы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="3F0D95F9" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>рапорты;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="073F3559" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>акты сверок, акты зачета взаимных требований;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="1EEE3A2D" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>прочие документы во исполнение своих обязательств по договору;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="343A9595" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Обмен документами в электронном виде должен осуществляется по телекоммуникационным каналам связи через оператора электронного документооборота.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="468948AD" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9.3. Для подписания электронных документов Сторонами должна применяться квалифицированная электронная подпись (КЭП). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="1BB5DCA2" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9.4. Электронный документ, подписанный КЭП, содержание которого соответствует требованиям нормативных правовых актов, должен приниматься Сторонами к учету в качестве первичного учетного документа, а также налогового документа и (или) регистра, используется в качестве доказательства в судебных разбирательствах, предоставляется в государственные органы по запросам последних, и в прочих отношениях Сторон. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="2ADDE6C7" w14:textId="77777777" w:rsidR="00280357" w:rsidRPr="00103298" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9.5. Документы, заверенные электронной подписью уполномоченных лиц Сторон, юридически эквивалентны документам на бумажных носителях, заверенным соответствующими подписями и оттиском печатей сторон. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRDefault="00280357" w:rsidP="00280357">
+    <w:p w14:paraId="1DEB356A" w14:textId="77777777" w:rsidR="00280357" w:rsidRDefault="00280357" w:rsidP="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00103298">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9.6. Оригинал документа может быть только один - электронный документ, подписанный Сторонами, с использованием квалифицированной электронной  подписи,  или  бумажный  документ,  подписанный   собственноручной подписью. При наличии обоих вариантов - оригиналом признается электронный документ, подписанный Сторонами, с использованием квалифицированной электронной  подписи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00280357" w:rsidRDefault="00280357">
+    <w:p w14:paraId="636CE42B" w14:textId="77777777" w:rsidR="00280357" w:rsidRDefault="00280357">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="637A3C75" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="636E317D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>СПИСОК ПРИЛОЖЕНИЙ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0024790F">
+    <w:p w14:paraId="156D7236" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0024790F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2780,4566 +2757,4713 @@
       </w:r>
       <w:r w:rsidR="008F6F3F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 – </w:t>
       </w:r>
       <w:r w:rsidR="008F6F3F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Протокол согласования стоимости</w:t>
       </w:r>
       <w:r w:rsidR="008F6F3F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="22C34761" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение №2 – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Акт передачи имущества для обеспечения сохранности Техники</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRPr="00E060DB" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="38960BD6" w14:textId="77777777" w:rsidR="0092160C" w:rsidRPr="00E060DB" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение №3 – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Образцы подписей ответственных лиц, штампов на объекте</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="6F50E209" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="0CFC768C" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="4C5C9553" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="16D98166" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="3145DD47" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="6046C19C" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="157E6F31" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="2E7C6565" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="754AAF2D" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="4D2F493C" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="2A194E40" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="27DBC3B8" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
+    <w:p w14:paraId="34F034D9" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB" w:rsidP="00E060DB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRDefault="00197336">
+    <w:p w14:paraId="7E283BD9" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="00197336">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00197336" w:rsidRDefault="00197336">
+    <w:p w14:paraId="688CFDEC" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="00197336">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="001D1737">
+    <w:p w14:paraId="03F63DF3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="001D1737">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="008F6F3F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Адреса и реквизиты сторон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00835E91" w:rsidRDefault="00835E91">
+    <w:p w14:paraId="18B34662" w14:textId="77777777" w:rsidR="00835E91" w:rsidRDefault="00835E91">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ae"/>
         <w:tblW w:w="8865" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4372"/>
         <w:gridCol w:w="4493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092160C" w:rsidTr="00BD577E">
+      <w:tr w:rsidR="0092160C" w14:paraId="2D89D45B" w14:textId="77777777" w:rsidTr="00BD577E">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="309FCC6F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Исполнитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4493" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="7D7285F4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Заказчик</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C" w:rsidTr="00BD577E">
+      <w:tr w:rsidR="0092160C" w14:paraId="727E2840" w14:textId="77777777" w:rsidTr="00BD577E">
         <w:trPr>
           <w:trHeight w:val="3303"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="1BA4847F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="1643718190" w:edGrp="everyone"/>
+            <w:permStart w:id="573316682" w:edGrp="everyone"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ООО «ЦАСТ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="117BC306" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="-108"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Юр. адрес:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>195279, Санкт-Петербург,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="007275A0" w:rsidP="007275A0">
+          <w:p w14:paraId="53F56A36" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="007275A0" w:rsidP="007275A0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="-108"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007275A0">
-              <w:t>вн.тер.г. муниципальный округ Ржевка</w:t>
+              <w:t>вн.тер.г</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007275A0">
+              <w:t>. муниципальный округ Ржевка</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:t xml:space="preserve">шоссе Революции, дом   </w:t>
             </w:r>
             <w:r w:rsidR="006F71D3">
               <w:t>69, литер А, Пом. 56Н, Офис 404</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="08F879D4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">ОГРН </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1127847314430</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="3F66762F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ИНН/КПП</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7841465536/78</w:t>
             </w:r>
             <w:r>
               <w:t>06</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>01001</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D6734" w:rsidRPr="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
+          <w:p w14:paraId="58D0BD71" w14:textId="77777777" w:rsidR="008D6734" w:rsidRPr="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Р/сч </w:t>
-            </w:r>
+              <w:t>Р/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>40702810090550000162</w:t>
-            </w:r>
+              <w:t>сч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="008D6734" w:rsidRPr="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
+            <w:r w:rsidRPr="008D6734">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40702810090550000162</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6734">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B00861E" w14:textId="77777777" w:rsidR="008D6734" w:rsidRPr="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ПАО «БАНК «САНКТ-ПЕТЕРБУРГ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D6734" w:rsidRPr="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
+          <w:p w14:paraId="3E262695" w14:textId="77777777" w:rsidR="008D6734" w:rsidRPr="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">К/сч </w:t>
+              <w:t>К/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008D6734">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008D6734">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>30101810900000000790</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
+          <w:p w14:paraId="58A2FB5E" w14:textId="77777777" w:rsidR="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">БИК </w:t>
             </w:r>
             <w:r w:rsidRPr="008D6734">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>044030790</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
+          <w:p w14:paraId="7F922BCC" w14:textId="77777777" w:rsidR="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="00943098" w:rsidP="008D6734">
+          <w:p w14:paraId="25A72B78" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="00943098" w:rsidP="008D6734">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Генеральный</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> директор</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="193B65E6" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="00943098">
+          <w:p w14:paraId="16C0F117" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="00943098">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">___________________/ </w:t>
             </w:r>
             <w:r w:rsidR="00943098">
               <w:t>Яковлев А.С</w:t>
             </w:r>
             <w:r>
               <w:t>. /</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4493" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00197336" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="02EDAC3E" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>ООО «</w:t>
+              <w:t xml:space="preserve">ООО </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">                       </w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="72F5726E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Юр. адрес:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="00197336">
+          <w:p w14:paraId="4D33D0BC" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="00197336">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ИНН</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00197336" w:rsidRDefault="00197336" w:rsidP="00197336">
+          <w:p w14:paraId="57DBA6EB" w14:textId="77777777" w:rsidR="00197336" w:rsidRDefault="00197336" w:rsidP="00197336">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>КПП</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="00197336" w:rsidP="00197336">
+          <w:p w14:paraId="209F716C" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="00197336" w:rsidP="00197336">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Р/сч</w:t>
-            </w:r>
+              <w:t>Р/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008F6F3F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="00197336">
+          <w:p w14:paraId="1FCEECDD" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="00197336">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>К/сч</w:t>
-            </w:r>
+              <w:t>К/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008F6F3F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="00197336">
+          <w:p w14:paraId="6061AFB4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="00197336">
             <w:pPr>
               <w:ind w:left="-108"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>БИК</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C" w:rsidP="008D6734">
+          <w:p w14:paraId="1E9E68EE" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+          <w:p w14:paraId="3E2C3273" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C" w:rsidP="008D6734">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
+          <w:p w14:paraId="40984443" w14:textId="77777777" w:rsidR="008D6734" w:rsidRDefault="008D6734" w:rsidP="008D6734">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="2C7F9A0E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:ind w:left="-75"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BD577E" w:rsidRDefault="00BD577E">
+          <w:p w14:paraId="3645CB27" w14:textId="77777777" w:rsidR="00BD577E" w:rsidRDefault="00BD577E">
             <w:pPr>
               <w:ind w:left="-75"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="2E8F5642" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:ind w:left="-75"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Генеральный директор</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="4BECF991" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+          <w:p w14:paraId="5D2F167A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>______________________/                      /</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1643718190"/>
+      <w:permEnd w:id="573316682"/>
     </w:tbl>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="6CDB0899" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="29E5BE69" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="6DC67A1D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="72479EAC" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004931CE" w:rsidRDefault="004931CE">
+    <w:p w14:paraId="409F1B4E" w14:textId="77777777" w:rsidR="004931CE" w:rsidRDefault="004931CE">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00157FF5" w:rsidRDefault="00157FF5">
+    <w:p w14:paraId="32E74BB0" w14:textId="77777777" w:rsidR="00157FF5" w:rsidRDefault="00157FF5">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="6E4F7C4C" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="7A6055E2" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="5CCBBD0E" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="0F20A8F7" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="72FECE44" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="343BEBEF" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="79D6F295" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="46253843" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="1CEC3F2E" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="2E407D36" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="7B104E9D" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="3BA4E09C" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="3F499903" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="057FE7DA" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="16EE4EEB" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="4F56541A" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="3DE55544" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="2204FA28" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="33FD8BF3" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="38FC46CD" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="4134E6D6" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Приложение № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25887AB5" w14:textId="4F12043B" w:rsidR="00381FC5" w:rsidRDefault="00381FC5" w:rsidP="00381FC5">
       <w:pPr>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+      </w:pPr>
+      <w:r>
+        <w:t>к Договору № ЦАСТ-</w:t>
+      </w:r>
+      <w:permStart w:id="1173697730" w:edGrp="everyone"/>
+      <w:r w:rsidR="00150B8E">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">/___________ </w:t>
+      </w:r>
+      <w:permEnd w:id="1173697730"/>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                            оказания услуг с применением </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">механизмов,   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                                                спецтехники и автотранспорта от </w:t>
+      </w:r>
+      <w:permStart w:id="369495434" w:edGrp="everyone"/>
+      <w:r w:rsidR="00150B8E">
+        <w:t>«__» ____________ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>г</w:t>
+      </w:r>
+      <w:permEnd w:id="369495434"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FD838DB" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
-[...80 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="250A3839" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:right="-365"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Протокол согласования стоимости</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="141BB68E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:right="-365"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> между ООО «ЦАСТ» и </w:t>
       </w:r>
-      <w:permStart w:id="1332424128" w:edGrp="everyone"/>
+      <w:permStart w:id="493496146" w:edGrp="everyone"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ООО </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">», </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>руб.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="063722E2" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:right="-365"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="0C41DB8C" w14:textId="07DF0589" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>от «__»__________20</w:t>
+        <w:t>от «_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_»_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_________20</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>25</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1332424128"/>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:permEnd w:id="493496146"/>
+    <w:p w14:paraId="55903A1D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af"/>
         <w:tblW w:w="9600" w:type="dxa"/>
         <w:tblInd w:w="-135" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4920"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="3A5D03F8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="1912437A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Наименование техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="6CB36A19" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Стоимость </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="39FA2590" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1 м/смены.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="4C7FCF1E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Мин.заказ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="5E398884" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Стоимость </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="603708E4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1 м/час</w:t>
             </w:r>
             <w:r w:rsidR="004931CE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (рейс)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="5EA5EB37" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="1D6E2593" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="821824673" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...2 lines deleted...]
-            <w:permStart w:id="69999523" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1593651512" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="1772375728" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1419475948" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1840711569" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="25A44222" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="2989E201" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="29AFF710" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="634FCEE2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="120"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="1E3D84FC" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1962951226" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="69999523"/>
+            <w:permStart w:id="1958629300" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="1549887056" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1158694788" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="743717692" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permEnd w:id="1593651512"/>
+            <w:permEnd w:id="1772375728"/>
+            <w:permEnd w:id="1419475948"/>
+            <w:permEnd w:id="1840711569"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="39236F85" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="1F7A0F18" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="28A1D407" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="647A1612" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="07C092BD" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="2005949575" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="252392568"/>
+            <w:permStart w:id="305422485" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="462846083" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="25982533" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="635928388" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permEnd w:id="1958629300"/>
+            <w:permEnd w:id="1549887056"/>
+            <w:permEnd w:id="1158694788"/>
+            <w:permEnd w:id="743717692"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="01CA1FF3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="42386519" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="088B564A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="4C1B160E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="3AAD8B6D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="686962482" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1731549152"/>
+            <w:permStart w:id="1798457594" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="1969888353" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1015489065" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1504460122" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permEnd w:id="305422485"/>
+            <w:permEnd w:id="462846083"/>
+            <w:permEnd w:id="25982533"/>
+            <w:permEnd w:id="635928388"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="2ECABB1A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="32789A81" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="57CC1A55" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="28F4ACB2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="4629F57F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1667243448" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1902931257"/>
+            <w:permStart w:id="1045132470" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="30936641" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="649813606" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="564862628" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permEnd w:id="1798457594"/>
+            <w:permEnd w:id="1969888353"/>
+            <w:permEnd w:id="1015489065"/>
+            <w:permEnd w:id="1504460122"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="52BBDDE1" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="0C3BEB4A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="71BE3498" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="33F74945" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="4D91FDB5" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1022327440" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="119957257"/>
+            <w:permStart w:id="618679211" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="1844336731" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1835672257" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="482630539" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permEnd w:id="1045132470"/>
+            <w:permEnd w:id="30936641"/>
+            <w:permEnd w:id="649813606"/>
+            <w:permEnd w:id="564862628"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="74BEE8CF" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="5AF64828" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="353B0338" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="7952C764" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="30C2B24F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1580944541" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1165317770"/>
+            <w:permStart w:id="1015629055" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="495126828" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="278417086" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="421353001" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permEnd w:id="618679211"/>
+            <w:permEnd w:id="1844336731"/>
+            <w:permEnd w:id="1835672257"/>
+            <w:permEnd w:id="482630539"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="383F5D29" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="71E5CD47" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="1800FF67" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1580944541"/>
-[...2 lines deleted...]
-      <w:permEnd w:id="1365248325"/>
+      <w:permEnd w:id="1015629055"/>
+      <w:permEnd w:id="495126828"/>
+      <w:permEnd w:id="278417086"/>
+      <w:permEnd w:id="421353001"/>
     </w:tbl>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
-[...4 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="77B83146" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="704744A3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="792104F1" w14:textId="779688F3" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Все цены указаны в рублях с учетом НДС (20%).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+        <w:t>Все цены указаны в рублях с учетом НДС (2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C788C4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="3BD67A61" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="2E21B767" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="5E85C4EE" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af0"/>
         <w:tblW w:w="8931" w:type="dxa"/>
         <w:tblInd w:w="675" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="3906B921" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008B0D69">
-            <w:permStart w:id="1522868267" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+          <w:p w14:paraId="4CE0C87C" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008B0D69">
+            <w:permStart w:id="1194661090" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:r>
               <w:t>Генеральный</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:t xml:space="preserve"> директор</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="667817B5" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:r>
               <w:t>ООО «ЦАСТ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00157FF5" w:rsidRDefault="00157FF5"/>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+          <w:p w14:paraId="283272B7" w14:textId="77777777" w:rsidR="00157FF5" w:rsidRDefault="00157FF5"/>
+          <w:p w14:paraId="3267A8E7" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="4DC77843" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:r>
               <w:t>Генеральный директор</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="785D9414" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:r>
-              <w:t>ООО «             »</w:t>
+              <w:t xml:space="preserve">ООО </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t xml:space="preserve">«  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">           »</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="1F0FFADB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
-[...1 lines deleted...]
-            <w:permEnd w:id="1522868267"/>
+          <w:p w14:paraId="51F8F630" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+            <w:permStart w:id="7043069" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1194661090"/>
             <w:r>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="008B0D69">
               <w:t>_________________/ Яковлев А.С</w:t>
             </w:r>
             <w:r>
               <w:t>./</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="5709690D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:r>
               <w:t>___________________/                      /</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="941230875"/>
+      <w:permEnd w:id="7043069"/>
     </w:tbl>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="431762F3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="733BD160" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="58DC4C8E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="1671C705" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="25ECBFB8" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="0683B277" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="056230B0" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="22F27EEB" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="4BFBD2F0" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="16D82BAA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="7E0FD080" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="3FBEC419" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="1475C7D4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+    <w:p w14:paraId="057FD434" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="13FC8D9C" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C" w:rsidP="00C40AF8"/>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="5AD14E6C" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C" w:rsidP="00C40AF8"/>
+    <w:p w14:paraId="2ABA5A48" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="4A2635DA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="36ECC0CA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00157FF5" w:rsidRDefault="00157FF5">
+    <w:p w14:paraId="33ACE1FF" w14:textId="77777777" w:rsidR="00157FF5" w:rsidRDefault="00157FF5">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRPr="00381FC5" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="50A86311" w14:textId="77777777" w:rsidR="00C824BC" w:rsidRDefault="00C824BC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A66BA99" w14:textId="6510CD7F" w:rsidR="0092160C" w:rsidRPr="00381FC5" w:rsidRDefault="008F6F3F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00381FC5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Приложение № 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="22113396" w14:textId="4E7C06A6" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>к Договору № ЦАСТ-</w:t>
       </w:r>
-      <w:permStart w:id="565795963" w:edGrp="everyone"/>
+      <w:permStart w:id="312224517" w:edGrp="everyone"/>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">/___________ </w:t>
       </w:r>
-      <w:permEnd w:id="565795963"/>
-[...3 lines deleted...]
-      <w:permStart w:id="1093429870" w:edGrp="everyone"/>
+      <w:permEnd w:id="312224517"/>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                            оказания услуг с применением </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">механизмов,   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                                                спецтехники и автотранспорта от </w:t>
+      </w:r>
+      <w:permStart w:id="1290872562" w:edGrp="everyone"/>
       <w:r>
         <w:t>«__» ____________ 20</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>г</w:t>
       </w:r>
-      <w:permEnd w:id="1093429870"/>
+      <w:permEnd w:id="1290872562"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="00397442">
+    <w:p w14:paraId="08F4B738" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+    <w:p w14:paraId="2F259BE3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+    <w:p w14:paraId="50DA2450" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
+      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="5BAFEA87" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+    <w:p w14:paraId="06C5123E" w14:textId="04EF1774" w:rsidR="0092160C" w:rsidRDefault="00397442">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Акт </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+      <w:permStart w:id="2007262050" w:edGrp="everyone"/>
+      <w:r w:rsidR="00122DF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(Форма)</w:t>
+      </w:r>
+    </w:p>
+    <w:permEnd w:id="2007262050"/>
+    <w:p w14:paraId="515975CA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Передачи имущества для обеспечения сохранности Техники</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
-[...12 lines deleted...]
-        <w:t>«___» __________ 20</w:t>
+    <w:p w14:paraId="7008B918" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19B1D172" w14:textId="3ED21B57" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+      <w:r>
+        <w:t xml:space="preserve">Санкт-Петербург                                                                     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:permStart w:id="1591083156" w:edGrp="everyone"/>
+      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>___» __________ 20</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>г.</w:t>
       </w:r>
-      <w:permEnd w:id="63994594"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+      <w:permEnd w:id="1591083156"/>
+    </w:p>
+    <w:p w14:paraId="55BCC27A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+    <w:p w14:paraId="457DA7C6" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+    <w:p w14:paraId="009A2E86" w14:textId="7DB72FFA" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Настоящий акт составлен в том, что представитель Исполнителя – </w:t>
       </w:r>
       <w:r w:rsidR="008B0D69">
         <w:t>Генеральный</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> директор ООО «ЦАСТ» </w:t>
       </w:r>
       <w:r w:rsidR="008B0D69">
         <w:t>Яковлев Артем Сергеевич</w:t>
       </w:r>
       <w:r w:rsidR="00CA3E4B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>действующий на основании</w:t>
       </w:r>
       <w:r w:rsidR="00C40AF8">
         <w:t xml:space="preserve"> Устава,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> в соответствии с Договором № ЦАСТ</w:t>
       </w:r>
-      <w:permStart w:id="602276817" w:edGrp="everyone"/>
+      <w:permStart w:id="297467913" w:edGrp="everyone"/>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C824BC">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>/_____от «___» __________________ 20</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0071269C">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>г</w:t>
       </w:r>
-      <w:permEnd w:id="602276817"/>
+      <w:permEnd w:id="297467913"/>
       <w:r>
         <w:t>. передал, а представитель Заказчика</w:t>
       </w:r>
       <w:r w:rsidR="00CA3E4B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:permStart w:id="1040149952" w:edGrp="everyone"/>
+      <w:permStart w:id="675177793" w:edGrp="everyone"/>
       <w:r w:rsidR="00CD77A3">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="35F78B1E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:permEnd w:id="1040149952"/>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:permEnd w:id="675177793"/>
+    <w:p w14:paraId="74A0DFD4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">действующий на основании </w:t>
       </w:r>
-      <w:permStart w:id="362812417" w:edGrp="everyone"/>
+      <w:permStart w:id="514686297" w:edGrp="everyone"/>
       <w:r>
         <w:t xml:space="preserve">____________________________________________________ </w:t>
       </w:r>
-      <w:permEnd w:id="362812417"/>
+      <w:permEnd w:id="514686297"/>
       <w:r>
         <w:t xml:space="preserve">принял для обеспечения сохранности в нерабочее </w:t>
       </w:r>
       <w:r w:rsidR="006125AB">
         <w:t>время следующую</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Технику: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="5AB7BCD4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af1"/>
         <w:tblW w:w="8926" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="744"/>
         <w:gridCol w:w="4529"/>
         <w:gridCol w:w="1944"/>
         <w:gridCol w:w="1709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="7F92F5D7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="55D3F1BF" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:permStart w:id="1710898726" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...2 lines deleted...]
-            <w:permStart w:id="1003375455" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1504711462" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="1244136089" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="651245115" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1866813991" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:r>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="3EEE1955" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="4F4EAFC3" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="18B9BC89" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="28828E71" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Марка, модель Техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="339F4125" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Гос.номер</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="50C28F31" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="43EE2B4C" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="463865686" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1003375455"/>
+            <w:permStart w:id="527001564" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1343108674" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1266312790" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="621829647" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="1504711462"/>
+            <w:permEnd w:id="1244136089"/>
+            <w:permEnd w:id="651245115"/>
+            <w:permEnd w:id="1866813991"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="22FFD58F" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4BB08559" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4DF87C3A" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="228DDB5A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="52FC27A3" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1540304600" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="266998037"/>
+            <w:permStart w:id="174850204" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1507264233" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="216950961" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1574059894" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="527001564"/>
+            <w:permEnd w:id="1343108674"/>
+            <w:permEnd w:id="1266312790"/>
+            <w:permEnd w:id="621829647"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="2E897414" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="6A36F144" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="58D29AEA" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="15618BC6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="3724C517" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="800682949" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1777164190"/>
+            <w:permStart w:id="1589124556" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1023610561" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1027037437" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1674452415" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="174850204"/>
+            <w:permEnd w:id="1507264233"/>
+            <w:permEnd w:id="216950961"/>
+            <w:permEnd w:id="1574059894"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="18A9E271" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4860CFC8" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4510177A" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="6149E6B8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="5A3BE659" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1669344954" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1387606871"/>
+            <w:permStart w:id="490418906" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1143545896" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="2128293173" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1950447997" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="1589124556"/>
+            <w:permEnd w:id="1023610561"/>
+            <w:permEnd w:id="1027037437"/>
+            <w:permEnd w:id="1674452415"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4700BFBF" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="02C8CCF2" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="6C6B091F" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="765171E9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="6B25065F" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="143871477" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1781884220"/>
+            <w:permStart w:id="1128146580" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="800942594" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1785276557" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="443840930" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="490418906"/>
+            <w:permEnd w:id="1143545896"/>
+            <w:permEnd w:id="2128293173"/>
+            <w:permEnd w:id="1950447997"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="06724913" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="696A1A5E" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="26827865" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="23DF57E1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="2D8BF2D4" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1365978580" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...7 lines deleted...]
-            <w:permEnd w:id="243598109"/>
+            <w:permStart w:id="1002706646" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1002011490" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1060135370" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1532840680" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="1567969460" w:edGrp="everyone"/>
+            <w:permEnd w:id="1128146580"/>
+            <w:permEnd w:id="800942594"/>
+            <w:permEnd w:id="1785276557"/>
+            <w:permEnd w:id="443840930"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="6CEF7A2B" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="3A2EA494" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="2A6C9D68" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="74552E16" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4A3B15F3" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1578001043" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...7 lines deleted...]
-            <w:permEnd w:id="1327774131"/>
+            <w:permStart w:id="671357760" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="3560059" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="356661475" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1187522877" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="1002706646"/>
+            <w:permEnd w:id="1002011490"/>
+            <w:permEnd w:id="1060135370"/>
+            <w:permEnd w:id="1532840680"/>
+            <w:permEnd w:id="1567969460"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="57C5E27E" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="5D8EE618" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4E1E1D41" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="12FE39AB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="02D5FC47" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="243414613" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="571149730"/>
+            <w:permStart w:id="616307467" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="711984782" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="2126926963" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="983383705" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="671357760"/>
+            <w:permEnd w:id="3560059"/>
+            <w:permEnd w:id="356661475"/>
+            <w:permEnd w:id="1187522877"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="663BF40D" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="250E82C6" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="38BBAD90" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="0A9F6CF4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="3DF70C1E" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1845174319" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="256052995"/>
+            <w:permStart w:id="1220954335" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="1457001962" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1087075086" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1978032640" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="616307467"/>
+            <w:permEnd w:id="711984782"/>
+            <w:permEnd w:id="2126926963"/>
+            <w:permEnd w:id="983383705"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="4998C12D" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="0437B2DE" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="67D5A81E" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="1488C99A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="21238F41" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1970148816" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="479008833"/>
+            <w:permStart w:id="669274498" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="468519062" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1520700682" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="504240720" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="1220954335"/>
+            <w:permEnd w:id="1457001962"/>
+            <w:permEnd w:id="1087075086"/>
+            <w:permEnd w:id="1978032640"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="6C3B7672" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="403BD858" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="52E77538" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="7CD3CB82" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="5EAACDC5" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="1694186845" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="1557551969"/>
+            <w:permStart w:id="704529176" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="479803272" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="899043704" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1622566797" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="669274498"/>
+            <w:permEnd w:id="468519062"/>
+            <w:permEnd w:id="1520700682"/>
+            <w:permEnd w:id="504240720"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="59A4DA94" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="24623BB4" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="67993D5B" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004372B0">
+      <w:tr w:rsidR="004372B0" w14:paraId="7BFCA5F7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="6433394E" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="657721888" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="157356609"/>
+            <w:permStart w:id="2087480843" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="814809528" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1794862850" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="200956537" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permEnd w:id="704529176"/>
+            <w:permEnd w:id="479803272"/>
+            <w:permEnd w:id="899043704"/>
+            <w:permEnd w:id="1622566797"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="1C2A4193" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="1C226EE2" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
+          <w:p w14:paraId="70049CB4" w14:textId="77777777" w:rsidR="004372B0" w:rsidRDefault="004372B0" w:rsidP="004372B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="657721888"/>
-[...2 lines deleted...]
-      <w:permEnd w:id="1709514259"/>
+      <w:permEnd w:id="2087480843"/>
+      <w:permEnd w:id="814809528"/>
+      <w:permEnd w:id="1794862850"/>
+      <w:permEnd w:id="200956537"/>
     </w:tbl>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="2677E93F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af2"/>
         <w:tblW w:w="10138" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5128"/>
         <w:gridCol w:w="5010"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="240B4C3C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="613BDABE" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:r>
               <w:t>Передал:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="5043A874" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="00F80544">
+          <w:p w14:paraId="4EA24687" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="00F80544">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="651707286" w:edGrp="everyone"/>
-            <w:permEnd w:id="651707286"/>
+            <w:permStart w:id="1059198825" w:edGrp="everyone"/>
+            <w:permEnd w:id="1059198825"/>
             <w:r>
               <w:t xml:space="preserve">Принял: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="42788175" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="52902AB2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+          <w:p w14:paraId="60784E65" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>_________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="0264662A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="006125AB" w:rsidP="009B4598">
+          <w:p w14:paraId="60B01B31" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="006125AB" w:rsidP="009B4598">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Генеральный</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:t xml:space="preserve"> директор ООО «ЦАСТ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="006125AB" w:rsidP="009B4598">
+          <w:p w14:paraId="5F102102" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="006125AB" w:rsidP="009B4598">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>/ Яковлев А.С</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:t>./</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="08CF4463" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:permStart w:id="586053443" w:edGrp="everyone"/>
+            <w:permStart w:id="1415006664" w:edGrp="everyone"/>
             <w:r>
               <w:t>_________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="127F4AB5" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="3861B2D5" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="17166E3F" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>/  ________________________/</w:t>
             </w:r>
-            <w:permEnd w:id="586053443"/>
+            <w:permEnd w:id="1415006664"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
-[...25 lines deleted...]
-    <w:p w:rsidR="0024790F" w:rsidRDefault="0024790F">
+    <w:p w14:paraId="7FC2D743" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="70C9150E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D39B3B1" w14:textId="77777777" w:rsidR="0024790F" w:rsidRDefault="0024790F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59AF8602" w14:textId="77777777" w:rsidR="0024790F" w:rsidRDefault="0024790F">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024790F" w:rsidRDefault="0024790F">
+    <w:p w14:paraId="3DB4EC8B" w14:textId="77777777" w:rsidR="0024790F" w:rsidRDefault="0024790F">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024790F" w:rsidRDefault="0024790F">
+    <w:p w14:paraId="60E366F6" w14:textId="77777777" w:rsidR="0024790F" w:rsidRDefault="0024790F">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
+    <w:p w14:paraId="0EF1DCBD" w14:textId="77777777" w:rsidR="00E060DB" w:rsidRDefault="00E060DB">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRPr="00CA3E4B" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="6FADEB51" w14:textId="77777777" w:rsidR="0092160C" w:rsidRPr="00CA3E4B" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3E4B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Приложение № 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="7E296627" w14:textId="1D397320" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>к Договору № ЦАСТ-</w:t>
       </w:r>
-      <w:permStart w:id="681132350" w:edGrp="everyone"/>
+      <w:permStart w:id="1824021012" w:edGrp="everyone"/>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006B00EC">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>/__________</w:t>
       </w:r>
-      <w:permEnd w:id="681132350"/>
-[...3 lines deleted...]
-      <w:permStart w:id="214316135" w:edGrp="everyone"/>
+      <w:permEnd w:id="1824021012"/>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                             оказания услуг с применением </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">механизмов,   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                                            спецтехники и автотранспорта от </w:t>
+      </w:r>
+      <w:permStart w:id="1850871747" w:edGrp="everyone"/>
       <w:r>
         <w:t>«__» ____________ 20</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006B00EC">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>г</w:t>
       </w:r>
-      <w:permEnd w:id="214316135"/>
+      <w:permEnd w:id="1850871747"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="1540DD62" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="7479ABC6" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="7ABFCD74" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Образцы подписей ответственных лиц, штампов на объекте</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="2B39C52A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+    <w:p w14:paraId="624DB6FF" w14:textId="371F0D61" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Санкт-Петербург                                              </w:t>
       </w:r>
       <w:r w:rsidR="0049527F">
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">      </w:t>
-[...3 lines deleted...]
-        <w:t>«___» __________ 20</w:t>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:permStart w:id="1745780209" w:edGrp="everyone"/>
+      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>___» __________ 20</w:t>
       </w:r>
       <w:r w:rsidR="00150B8E">
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006B00EC">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>г</w:t>
       </w:r>
-      <w:permEnd w:id="1549487014"/>
+      <w:permEnd w:id="1745780209"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="5A722D33" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="693CF230" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af3"/>
         <w:tblW w:w="10215" w:type="dxa"/>
         <w:tblInd w:w="-570" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3660"/>
         <w:gridCol w:w="2415"/>
         <w:gridCol w:w="2130"/>
         <w:gridCol w:w="2010"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="4C9E0797" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="62241485" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Объект</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="1D34208A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="73D10906" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>ФИО отв.лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="3554228B" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Образец подписи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="77BDEF9B" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Образец штампа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="781605AC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3660" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="6596167A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="2113023652" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...2 lines deleted...]
-            <w:permStart w:id="673738860" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permStart w:id="1208167688" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="614487666" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="763383146" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="892942564" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="49E9325E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="123E1725" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="730A957E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="5A70287D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3660" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="7FE47DE8" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:permStart w:id="2035304175" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
-[...6 lines deleted...]
-            <w:permEnd w:id="673738860"/>
+            <w:permStart w:id="1133643567" w:edGrp="everyone" w:colFirst="0" w:colLast="0"/>
+            <w:permStart w:id="460850379" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permStart w:id="2104783422" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
+            <w:permStart w:id="1865623533" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
+            <w:permEnd w:id="1208167688"/>
+            <w:permEnd w:id="614487666"/>
+            <w:permEnd w:id="763383146"/>
+            <w:permEnd w:id="892942564"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="7BBF392B" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="72012B9E" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="31F33620" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="2035304175"/>
-[...2 lines deleted...]
-      <w:permEnd w:id="340599386"/>
+      <w:permEnd w:id="1133643567"/>
+      <w:permEnd w:id="460850379"/>
+      <w:permEnd w:id="2104783422"/>
+      <w:permEnd w:id="1865623533"/>
     </w:tbl>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="1BCE2C76" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af4"/>
         <w:tblW w:w="10138" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5128"/>
         <w:gridCol w:w="5010"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="033F1744" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="4F8C77AB" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:r>
               <w:t>Исполнитель:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="5AD7BBED" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
+          <w:p w14:paraId="21516704" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F" w:rsidP="009B4598">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Заказчик: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="4AE9B7DB" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092160C">
+      <w:tr w:rsidR="0092160C" w14:paraId="6ED500D2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="006125AB">
+          <w:p w14:paraId="266C42DA" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="006125AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Генеральный</w:t>
             </w:r>
             <w:r w:rsidR="008F6F3F">
               <w:t xml:space="preserve"> директор</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="224D730D" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>ООО «ЦАСТ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="104379A4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009B4598" w:rsidRDefault="009B4598" w:rsidP="009B4598">
+          <w:p w14:paraId="079E39BC" w14:textId="77777777" w:rsidR="009B4598" w:rsidRDefault="009B4598" w:rsidP="009B4598">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>______________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="006610DD">
+          <w:p w14:paraId="5C199AC4" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="006610DD">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>/</w:t>
             </w:r>
-            <w:permStart w:id="1657934194" w:edGrp="everyone"/>
-            <w:permEnd w:id="1657934194"/>
             <w:r w:rsidR="006125AB">
               <w:t>Яковлев А.С.</w:t>
             </w:r>
             <w:r>
               <w:t>/</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="5D533741" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:permStart w:id="99307458" w:edGrp="everyone"/>
+            <w:permStart w:id="778587568" w:edGrp="everyone"/>
             <w:r>
               <w:t>_________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+          <w:p w14:paraId="5C7BA196" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="0DF2E3B1" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+          <w:p w14:paraId="3A15BBDE" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>/  ________________________/</w:t>
             </w:r>
-            <w:permEnd w:id="99307458"/>
+            <w:permEnd w:id="778587568"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
-    <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+    <w:p w14:paraId="7C8D7BEF" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C"/>
+    <w:p w14:paraId="5AD88592" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0092160C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="851" w:bottom="414" w:left="1701" w:header="279" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002569CB" w:rsidRDefault="002569CB">
+    <w:p w14:paraId="48E2C665" w14:textId="77777777" w:rsidR="00DD650F" w:rsidRDefault="00DD650F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002569CB" w:rsidRDefault="002569CB">
+    <w:p w14:paraId="79CFF8FB" w14:textId="77777777" w:rsidR="00DD650F" w:rsidRDefault="00DD650F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
@@ -7347,288 +7471,288 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5B3D7FD7" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+  <w:p w14:paraId="615E31B9" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0A9CFF96" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
     <w:pPr>
       <w:ind w:left="540"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Исполнитель____________________                                  Заказчик___________________</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+  <w:p w14:paraId="4405DBC2" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E060DB">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+  <w:p w14:paraId="2FCC7925" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002569CB" w:rsidRDefault="002569CB">
+    <w:p w14:paraId="3E383470" w14:textId="77777777" w:rsidR="00DD650F" w:rsidRDefault="00DD650F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002569CB" w:rsidRDefault="002569CB">
+    <w:p w14:paraId="7C090228" w14:textId="77777777" w:rsidR="00DD650F" w:rsidRDefault="00DD650F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="15A2F916" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="008F6F3F">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:ind w:firstLine="567"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Услуги предоставления техники</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0092160C" w:rsidRDefault="0092160C">
+  <w:p w14:paraId="283A6E7A" w14:textId="77777777" w:rsidR="0092160C" w:rsidRDefault="0092160C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="356C25FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F0EDE2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7770,235 +7894,250 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iVhSK0GxcHJlvcWmSBuQHhji7WZokLk98O1E3qULCsgTF7j5752DTkFstJadb5jHXNfgQuRbBFN1lJb8DmQz8w==" w:salt="Coy5+M0WYyGQBP/R7SJhNg=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="KJ1D6IKnn7++3MfPAQVM8oDlp9uz6nhQgoDMdLvDAmO55ftLzIEHBLOb1IpE1w+sP9XSF38ULY2TEMacKlKdMA==" w:salt="LA4UsCKkl7wbMswmlxG7FQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0092160C"/>
     <w:rsid w:val="0003606D"/>
     <w:rsid w:val="00043621"/>
     <w:rsid w:val="000613DD"/>
     <w:rsid w:val="00067AC9"/>
     <w:rsid w:val="000A2D6C"/>
+    <w:rsid w:val="000A6CF7"/>
     <w:rsid w:val="000C2DAE"/>
     <w:rsid w:val="000F3F74"/>
     <w:rsid w:val="00100C48"/>
     <w:rsid w:val="00103A9F"/>
+    <w:rsid w:val="00122DF3"/>
     <w:rsid w:val="0012467C"/>
     <w:rsid w:val="00150B8E"/>
     <w:rsid w:val="00157FF5"/>
     <w:rsid w:val="001603D8"/>
     <w:rsid w:val="00166BBC"/>
     <w:rsid w:val="0018732B"/>
     <w:rsid w:val="00197336"/>
     <w:rsid w:val="001A5751"/>
     <w:rsid w:val="001A5B1D"/>
     <w:rsid w:val="001B6D6C"/>
     <w:rsid w:val="001D1737"/>
     <w:rsid w:val="001F4608"/>
     <w:rsid w:val="0021401A"/>
     <w:rsid w:val="00240024"/>
     <w:rsid w:val="0024790F"/>
     <w:rsid w:val="002569CB"/>
     <w:rsid w:val="00263CC9"/>
     <w:rsid w:val="00280357"/>
     <w:rsid w:val="0029394A"/>
     <w:rsid w:val="002B4DEC"/>
     <w:rsid w:val="002D6F40"/>
     <w:rsid w:val="00353EBF"/>
     <w:rsid w:val="00361E33"/>
     <w:rsid w:val="00381FC5"/>
     <w:rsid w:val="00385BF3"/>
     <w:rsid w:val="00397442"/>
     <w:rsid w:val="003B1F85"/>
     <w:rsid w:val="00412725"/>
     <w:rsid w:val="004372B0"/>
     <w:rsid w:val="00483BB4"/>
     <w:rsid w:val="004931CE"/>
     <w:rsid w:val="0049527F"/>
+    <w:rsid w:val="004B01B5"/>
     <w:rsid w:val="004B1340"/>
     <w:rsid w:val="004C1C9C"/>
     <w:rsid w:val="00505CBF"/>
     <w:rsid w:val="00520C8E"/>
     <w:rsid w:val="005265F5"/>
+    <w:rsid w:val="005519D1"/>
     <w:rsid w:val="00557A8D"/>
     <w:rsid w:val="005827CD"/>
     <w:rsid w:val="0059648C"/>
     <w:rsid w:val="005B69E2"/>
     <w:rsid w:val="006125AB"/>
     <w:rsid w:val="006323DF"/>
     <w:rsid w:val="006610DD"/>
     <w:rsid w:val="00681F8B"/>
+    <w:rsid w:val="006B00EC"/>
     <w:rsid w:val="006F71D3"/>
+    <w:rsid w:val="0071269C"/>
     <w:rsid w:val="00723491"/>
     <w:rsid w:val="00725F68"/>
     <w:rsid w:val="007275A0"/>
     <w:rsid w:val="0074105E"/>
     <w:rsid w:val="0075594F"/>
     <w:rsid w:val="007720D4"/>
     <w:rsid w:val="007B241F"/>
     <w:rsid w:val="007C75D7"/>
     <w:rsid w:val="0082188B"/>
     <w:rsid w:val="00835E91"/>
     <w:rsid w:val="008578E3"/>
     <w:rsid w:val="008726A8"/>
     <w:rsid w:val="00873800"/>
     <w:rsid w:val="008B0D69"/>
     <w:rsid w:val="008D6734"/>
     <w:rsid w:val="008F6F3F"/>
     <w:rsid w:val="0092160C"/>
+    <w:rsid w:val="009224FA"/>
     <w:rsid w:val="00943098"/>
     <w:rsid w:val="00980DE6"/>
     <w:rsid w:val="009A2950"/>
     <w:rsid w:val="009A504B"/>
     <w:rsid w:val="009B4598"/>
+    <w:rsid w:val="00A0101E"/>
     <w:rsid w:val="00A02C30"/>
+    <w:rsid w:val="00A34A7B"/>
     <w:rsid w:val="00A75728"/>
     <w:rsid w:val="00A90A68"/>
     <w:rsid w:val="00A9267E"/>
     <w:rsid w:val="00AA4E24"/>
     <w:rsid w:val="00AD2074"/>
     <w:rsid w:val="00AE0B5E"/>
     <w:rsid w:val="00AE4044"/>
     <w:rsid w:val="00AE56C6"/>
     <w:rsid w:val="00AF5ED4"/>
     <w:rsid w:val="00B100D1"/>
+    <w:rsid w:val="00B375A7"/>
+    <w:rsid w:val="00B76C0A"/>
     <w:rsid w:val="00BB2BD0"/>
     <w:rsid w:val="00BC7273"/>
     <w:rsid w:val="00BD577E"/>
     <w:rsid w:val="00C0201A"/>
     <w:rsid w:val="00C154B5"/>
     <w:rsid w:val="00C249B5"/>
     <w:rsid w:val="00C40AF8"/>
     <w:rsid w:val="00C44A21"/>
     <w:rsid w:val="00C53AB5"/>
     <w:rsid w:val="00C55855"/>
     <w:rsid w:val="00C66447"/>
+    <w:rsid w:val="00C824BC"/>
     <w:rsid w:val="00CA3E4B"/>
     <w:rsid w:val="00CD77A3"/>
     <w:rsid w:val="00D10D93"/>
     <w:rsid w:val="00D44928"/>
     <w:rsid w:val="00D44B8F"/>
     <w:rsid w:val="00D4526C"/>
     <w:rsid w:val="00D47B6B"/>
     <w:rsid w:val="00D67023"/>
+    <w:rsid w:val="00DD650F"/>
     <w:rsid w:val="00E03A46"/>
     <w:rsid w:val="00E060DB"/>
     <w:rsid w:val="00E22472"/>
     <w:rsid w:val="00E23850"/>
     <w:rsid w:val="00E977EB"/>
     <w:rsid w:val="00EB2444"/>
     <w:rsid w:val="00EE5BF5"/>
     <w:rsid w:val="00F61359"/>
     <w:rsid w:val="00F627EE"/>
     <w:rsid w:val="00F80544"/>
     <w:rsid w:val="00FA0975"/>
     <w:rsid w:val="00FA4950"/>
     <w:rsid w:val="00FD66B2"/>
     <w:rsid w:val="00FE557B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7AFD5027"/>
+  <w14:docId w14:val="564A2D33"/>
   <w15:docId w15:val="{5E77AD9D-7AAC-4CB8-8D75-E1C2CBBE6D9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8060,98 +8199,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -8326,50 +8461,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="540"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
@@ -8901,51 +9041,51 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="af4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="467285193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1878665645">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9224,65 +9364,65 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mj2yGaMAXYc76be2ylfnK+BGLTssw==">AMUW2mVwWZpn3YLiJfTVhLDL6fRP6u+rN4crT4KAc1Y/+a0qEqGNKATWm4+2AE2+UchqKaIYs00/voMiaCrGJcWQd/xJnlnya5ACWikxQ2ZGpy7qlL/rKxz9Mskf+xAp9UuJf6S81Hoz</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3267</Words>
-  <Characters>18628</Characters>
+  <Words>3329</Words>
+  <Characters>18979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>155</Lines>
-  <Paragraphs>43</Paragraphs>
+  <Lines>158</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21852</CharactersWithSpaces>
+  <CharactersWithSpaces>22264</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Смирнова Анна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>